--- v0 (2026-01-15)
+++ v1 (2026-03-12)
@@ -1,1759 +1,2206 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0018288B" w14:textId="315B1467" w:rsidR="00B631D4" w:rsidRDefault="00083B6F" w:rsidP="00846B91">
-[...60 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="0E01213D" w14:textId="31FB9694" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">De trail </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onderdelen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="1EFC8B0D" w14:textId="0E102827" w:rsidR="003F2E90" w:rsidRPr="003F2E90" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">…… = special </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ranch trail </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>onderdelen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:highlight w:val="darkYellow"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B631D4" w:rsidRPr="007B5C29">
-[...15 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">= </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> special </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>working equitation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23EFD43F" w14:textId="5EAB5275" w:rsidR="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Walk over</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> x  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>walk trough</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>maze poles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79F10BD8" w14:textId="0250E6AB" w:rsidR="003F2E90" w:rsidRPr="003F2E90" w:rsidRDefault="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>walk over 3 poles</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003F2E90" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Backup</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>jog over (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>waaier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="518E8F7C" w14:textId="4C728ABE" w:rsidR="003F2E90" w:rsidRPr="003F2E90" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Box – turn</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jog over</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 poles</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C121D5A" w14:textId="390171A1" w:rsidR="003F2E90" w:rsidRPr="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jog </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>serpentine</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gate</w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lope</w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> over</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72D03B9E" w14:textId="465B85A9" w:rsidR="003F2E90" w:rsidRPr="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Roundpenn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2x L &amp; R</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Walkover</w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Barrels</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184EA647" w14:textId="0762A415" w:rsidR="003F2E90" w:rsidRPr="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Backup 8</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Bridge</w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004049E8" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jog </w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>serpentine</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EE75CE5" w14:textId="0420856A" w:rsidR="003F2E90" w:rsidRPr="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Gate 2.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Pickup / put </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>douwn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004049E8" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004049E8" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Polebending</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004049E8" w:rsidRPr="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> poles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="033B13E3" w14:textId="2A69153C" w:rsidR="003F2E90" w:rsidRPr="00CC0B99" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Backup L</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A723940" w14:textId="21CC25D9" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dra</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Lasso</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:bCs/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
-          <w:lang w:val="en-US"/>
-[...75 lines deleted...]
-          <w:szCs w:val="36"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Side pass</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> shootin</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:color w:val="FFFFFF" w:themeColor="background1"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="darkYellow"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>g slalom</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33D8E783" w14:textId="4BB93E16" w:rsidR="003F2E90" w:rsidRPr="004049E8" w:rsidRDefault="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">backup </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Caroc</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="004049E8">
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:szCs w:val="40"/>
+          <w:highlight w:val="magenta"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>jump</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EB47A66" w14:textId="4C759E6A" w:rsidR="003F2E90" w:rsidRPr="003F2E90" w:rsidRDefault="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...28 lines deleted...]
-    <w:p w14:paraId="344952D4" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRDefault="00D3243B" w:rsidP="007B5C29">
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="309182AA" w14:textId="1BCF3E5B" w:rsidR="003F2E90" w:rsidRPr="003F2E90" w:rsidRDefault="00CC0B99" w:rsidP="003F2E90">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="003F2E90">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EF1B74B" w14:textId="4B2B6801" w:rsidR="003F2E90" w:rsidRPr="009D5A63" w:rsidRDefault="003F2E90" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="36"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="35C53B35" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="007B5C29" w:rsidP="009D0AF3">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Je start met 70 punten  en een tijd van </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06639" w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> min.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="696A417A" w14:textId="0D1E76D2" w:rsidR="003F2E90" w:rsidRDefault="003F2E90" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...16 lines deleted...]
-    <w:p w14:paraId="7131A78E" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="00D3243B" w:rsidP="009D0AF3">
+      </w:pPr>
+      <w:r>
+        <w:t>Elke tik = -1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FA2D337" w14:textId="63534CEB" w:rsidR="003F2E90" w:rsidRDefault="00DA6EA1" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...22 lines deleted...]
-    <w:p w14:paraId="5B3C300D" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="00D3243B" w:rsidP="009D0AF3">
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Balk ,target </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E90">
+        <w:t>overslaan of</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> iets </w:t>
+      </w:r>
+      <w:r w:rsidR="003F2E90">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">omgooien / laten vallen = -5 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7429640C" w14:textId="75500827" w:rsidR="00DA6EA1" w:rsidRDefault="00DA6EA1" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...36 lines deleted...]
-    <w:p w14:paraId="4BEC7104" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="007B5C29" w:rsidP="009D0AF3">
+      </w:pPr>
+      <w:r>
+        <w:t>Welke gang = vrije keuze.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62E4FABF" w14:textId="4D9402BE" w:rsidR="00DA6EA1" w:rsidRDefault="00DA6EA1" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t xml:space="preserve">e follow the </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Verdien </w:t>
+      </w:r>
+      <w:r w:rsidR="00D06639">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">+ punt voor de moeilijkheidsgraad per onderdeel. ( </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="007153AA" w:rsidRPr="00846B91">
-[...3 lines deleted...]
-        <w:t>aqha</w:t>
+      <w:r>
+        <w:t>snelheid</w:t>
+      </w:r>
+      <w:r w:rsidR="00D06639">
+        <w:t>,of</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="007153AA" w:rsidRPr="00846B91">
-[...6 lines deleted...]
-    <w:p w14:paraId="663D0E2A" w14:textId="77777777" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="007153AA" w:rsidP="009D0AF3">
+      <w:r w:rsidR="00D06639">
+        <w:t xml:space="preserve"> de special route</w:t>
+      </w:r>
+      <w:r>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2763DA1F" w14:textId="7FE74351" w:rsidR="00CC0B99" w:rsidRPr="009D5A63" w:rsidRDefault="00CC0B99" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...21 lines deleted...]
-    <w:p w14:paraId="32D61B65" w14:textId="77777777" w:rsidR="00846B91" w:rsidRDefault="00D3243B" w:rsidP="0092483C">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">We starten om 15:00 met de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>trail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ ranch </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>trail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5449C6D2" w14:textId="354A8E7A" w:rsidR="00CC0B99" w:rsidRPr="009D5A63" w:rsidRDefault="00CC0B99" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="6002C3D3" w14:textId="77777777" w:rsidR="00846B91" w:rsidRDefault="007153AA" w:rsidP="0092483C">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Parcours lopen kan tussen 13:30 en 14:45</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6804979E" w14:textId="3B053211" w:rsidR="00CC0B99" w:rsidRDefault="004049E8" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...32 lines deleted...]
-    <w:p w14:paraId="18266AEC" w14:textId="77777777" w:rsidR="00846B91" w:rsidRDefault="007B5C29" w:rsidP="00846B91">
+      </w:pPr>
+      <w:r w:rsidRPr="004049E8">
+        <w:t xml:space="preserve">In de ranch &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004049E8">
+        <w:t>working</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004049E8">
+        <w:t xml:space="preserve"> worden</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> basic </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> onderdelen vervangen door je specials.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BAF1691" w14:textId="77777777" w:rsidR="009D5A63" w:rsidRDefault="009D5A63" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...60 lines deleted...]
-    <w:p w14:paraId="6852F7E7" w14:textId="14E0A233" w:rsidR="007B5C29" w:rsidRPr="00846B91" w:rsidRDefault="0092483C" w:rsidP="00846B91">
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Vooor</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> In hand </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>trail</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve"> wordt het parcours iets aangepast.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E142F18" w14:textId="2D511C15" w:rsidR="009D5A63" w:rsidRPr="004049E8" w:rsidRDefault="009D5A63" w:rsidP="003F2E90">
       <w:pPr>
         <w:pStyle w:val="Lijstalinea"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="8"/>
+          <w:numId w:val="1"/>
         </w:numPr>
-        <w:rPr>
-[...7 lines deleted...]
-        <w:t xml:space="preserve">You have to try the </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52511A30" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="55BDDD7C" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="049609B2" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="546118AF" w14:textId="77777777" w:rsidR="009D5A63" w:rsidRPr="004049E8" w:rsidRDefault="009D5A63" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="675F98BF" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="496AECD3" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D2F987B" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2EE43071" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75A6FE66" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="004049E8" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04BCCB7F" w14:textId="2DB8369A" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="009D5A63" w:rsidP="009D5A63">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D5A63">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="8"/>
+          <w:szCs w:val="8"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+        <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00846B91">
-[...3 lines deleted...]
-        <w:t>manouver</w:t>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Keelven’s</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00846B91">
-[...8 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ’Be The Best  In The South champion Challenge  </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC0B99" w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>part 1.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59D781CE" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>horsestyle</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Ninja warrior: 4 shows , 3 stages, 2 arenas ,1 mega XXL pattern.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B9B9E4B" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Last one standing with the most points is the Winner!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1470A5" w14:textId="0DCDB322" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">you can win by performing the best at het XXL pattern in the best time en execution.  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>4 dates to get as high as possible on the ranking list.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>*small prices per show, 1 big at the final.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17325C23" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
-          <w:lang w:val="en-US"/>
-[...23 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Rules:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0205574D" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...20 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Follow the pattern in the correct order.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21F2DB5F" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...20 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Every maneuver or obstacle has to be shown. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CD6A068" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...20 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not allowed to skip </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> obstacle or maneuver. (-70)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50D49EE8" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...32 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">we follow the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>aqha</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> discipline rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07E0FE21" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...14 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Every exhibitor starts with 70 points and 5:30 minutes pattern time.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D81F547" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...20 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Score and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>penaltys</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be given according to AQHA rulebook.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DAB94F6" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...8 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>In the 5:30 minutes you have to get as much checkpoints as possible.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A7E77FD" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...8 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>you can proceed to the next checkpoint if you have time and points left. Out of time or points? Then the last checkpoint you’ve reached and the last maneuver or obstacle is where you are in the ranking.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73D0A130" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...14 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You have to try the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>manouver</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>/obstacle until you’ve got it right.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25C492EB" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...22 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> After 3 times refusing you can dismount and guide your horse trough and mount again. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="014516B8" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...28 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bridge after 3 times refusing is dismounting  then preforming in hand and mount again.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5285400C" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...82 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>gates must be closed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CF6F6D5" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00846B91">
-[...16 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">pick up’s / lasso/ drag must be performed. (* in hand or on the horse) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="096832F5" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...31 lines deleted...]
-        <w:pStyle w:val="Lijstalinea"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Which gait and speed </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> at  your choosing, you get credits for performing at higher level/ speed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D7791DB" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:b/>
-[...11 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>You may ride a horse that you do not own. Max. 2 riders per horse per class.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F2368E1" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Show is open to riders from any location , any discipline, almost every age.. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C7B765A" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>All breeds of horses, mules, donkeys and ponies may compete. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="677822D9" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>riders under 18  &amp; green riders have to wear a helmet for their safety. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06DDDBF7" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A rider may ride two handed, if its horse friendly. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="084C533F" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The judges ring the bel if you are out of time, out of points or if </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>its</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not horse friendly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73225A6C" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Any </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>appropiate</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> saddle in serviceable condition will work.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="07F3C677" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Dress for the classes! ranch attire meaning a long sleeve western shirt, belt, jeans, cowboy boots and cowboy hat or helmet. Wild rag, vest and/or chinks or chaps are optional.  Jackets and vests are allowed as necessary for comfort.  Our goal is to represent the good image for the sport so please present yourself as so.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="714E350A" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Check The  AQHA Rulebook page for all rules.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5540DE93" w14:textId="77777777" w:rsidR="00CC0B99" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00CC0B99">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Walk the pattern can be done 30 min. before class starts.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3ABDAC0C" w14:textId="343DDDBC" w:rsidR="00D06639" w:rsidRPr="00CC0B99" w:rsidRDefault="00CC0B99" w:rsidP="00DA6EA1">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Obstacles and </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>manouvers</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...17 lines deleted...]
-    <w:sectPr w:rsidR="007A7120" w:rsidRPr="00846B91" w:rsidSect="00846B91">
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in order of performance will be published 1 week before the first sho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CC0B99">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>w.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D06639" w:rsidRPr="00CC0B99" w:rsidSect="00CC0B99">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="424" w:bottom="567" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1276" w:right="707" w:bottom="568" w:left="709" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
-</file>
-[...23 lines deleted...]
-</w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...23 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="252E137E"/>
+    <w:nsid w:val="1D0D3456"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EFCAF88"/>
-[...87 lines deleted...]
-      <w:start w:val="1"/>
+    <w:tmpl w:val="3A60005E"/>
+    <w:lvl w:ilvl="0" w:tplc="AD087B36">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...294 lines deleted...]
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
@@ -1809,802 +2256,372 @@
     <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6B753DDB"/>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="63586251"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EFCAF88"/>
-[...85 lines deleted...]
-    <w:tmpl w:val="3A6226EC"/>
+    <w:tmpl w:val="2FB2245E"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...148 lines deleted...]
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7B4B479A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="510A7DA4"/>
     <w:lvl w:ilvl="0" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04130001" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="04130001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04130001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="04130003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04130003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="04130005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04130005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-[...163 lines deleted...]
-  <w:num w:numId="6" w16cid:durableId="1133448673">
+  <w:num w:numId="1" w16cid:durableId="1105804944">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="694229043">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="2" w16cid:durableId="1328442506">
+    <w:abstractNumId w:val="1"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1424574017">
-[...3 lines deleted...]
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="3" w16cid:durableId="1928152053">
+    <w:abstractNumId w:val="2"/>
+    <w:lvlOverride w:ilvl="0"/>
+    <w:lvlOverride w:ilvl="1"/>
+    <w:lvlOverride w:ilvl="2"/>
+    <w:lvlOverride w:ilvl="3"/>
+    <w:lvlOverride w:ilvl="4"/>
+    <w:lvlOverride w:ilvl="5"/>
+    <w:lvlOverride w:ilvl="6"/>
+    <w:lvlOverride w:ilvl="7"/>
+    <w:lvlOverride w:ilvl="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="103"/>
+  <w:zoom w:percent="123"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:footnotePr>
-[...6 lines deleted...]
-  </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00434094"/>
-[...45 lines deleted...]
-    <w:rsid w:val="00FF7024"/>
+    <w:rsidRoot w:val="003F2E90"/>
+    <w:rsid w:val="003F2E90"/>
+    <w:rsid w:val="004049E8"/>
+    <w:rsid w:val="004A267B"/>
+    <w:rsid w:val="004D3660"/>
+    <w:rsid w:val="007630D6"/>
+    <w:rsid w:val="009D5A63"/>
+    <w:rsid w:val="00C569F4"/>
+    <w:rsid w:val="00CC0B99"/>
+    <w:rsid w:val="00D06639"/>
+    <w:rsid w:val="00DA6EA1"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7E4C8984"/>
+  <w14:docId w14:val="334CCF8D"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{BCD8AC2B-FF5D-4BA8-8536-FDEF542DCD95}"/>
+  <w15:docId w15:val="{493F9750-990B-4E5F-AEDF-52FEF11CF327}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-        <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="nl-NL" w:eastAsia="en-US" w:bidi="ar-SA"/>
-        <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2950,691 +2967,622 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standaard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00846B91"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="360" w:after="80"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop2Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop3Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="160" w:after="80"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="80" w:after="40"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Kop9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="Kop9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Standaardalinea-lettertype">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Standaardtabel">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Geenlijst">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop1Char">
     <w:name w:val="Kop 1 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop2Char">
     <w:name w:val="Kop 2 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop2"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="32"/>
       <w:szCs w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop3Char">
     <w:name w:val="Kop 3 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop3"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop4Char">
     <w:name w:val="Kop 4 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop4"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop5Char">
     <w:name w:val="Kop 5 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop5"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop6Char">
     <w:name w:val="Kop 6 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop6"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop7Char">
     <w:name w:val="Kop 7 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop7"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop8Char">
     <w:name w:val="Kop 8 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop8"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Kop9Char">
     <w:name w:val="Kop 9 Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Kop9"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titel">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="TitelChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitelChar">
     <w:name w:val="Titel Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Titel"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:spacing w:val="-10"/>
       <w:kern w:val="28"/>
       <w:sz w:val="56"/>
       <w:szCs w:val="56"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ondertitel">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="OndertitelChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="OndertitelChar">
     <w:name w:val="Ondertitel Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Ondertitel"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
       <w:spacing w:val="15"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Citaat">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="CitaatChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CitaatChar">
     <w:name w:val="Citaat Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Citaat"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Lijstalinea">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standaard"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Intensievebenadrukking">
     <w:name w:val="Intense Emphasis"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="21"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Duidelijkcitaat">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Standaard"/>
     <w:next w:val="Standaard"/>
     <w:link w:val="DuidelijkcitaatChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       </w:pBdr>
       <w:spacing w:before="360" w:after="360"/>
       <w:ind w:left="864" w:right="864"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DuidelijkcitaatChar">
     <w:name w:val="Duidelijk citaat Char"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:link w:val="Duidelijkcitaat"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Intensieveverwijzing">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="Standaardalinea-lettertype"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="00434094"/>
+    <w:rsid w:val="003F2E90"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="2F5496" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
       <w:spacing w:val="5"/>
     </w:rPr>
-  </w:style>
-[...65 lines deleted...]
-    <w:rsid w:val="007153AA"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Kantoorthema">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Kantoor">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Kantoor">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -3696,51 +3644,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Kantoor">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -3848,70 +3796,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2050</Characters>
+  <Pages>2</Pages>
+  <Words>523</Words>
+  <Characters>2879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>17</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>23</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2418</CharactersWithSpaces>
+  <CharactersWithSpaces>3396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Yvonne vd Boomen-Welten</dc:creator>
+  <dc:creator>Manege het Keelven</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>